--- v0 (2025-10-07)
+++ v1 (2026-01-31)
@@ -1,74977 +1,7875 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/item1.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item2.xml" ContentType="application/xml"/>
+  <Override PartName="/customXml/item3.xml" ContentType="application/xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <!-- Generated by Spire.Doc -->
   <w:body>
-    <w:p w14:paraId="22049DD3" w14:textId="4582E8F9" w:rsidR="00BB04F1" w:rsidRPr="007458A8" w:rsidRDefault="00BB04F1" w:rsidP="002009DA">
-[...2 lines deleted...]
-        <w:bidi/>
+    <w:p>
+      <w:pPr>
+        <w:rPr/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinFarsi++"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinFarsi++"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هو العلیم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinFarsi++"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Title"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حقیقت و ظهور توحید</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinFarsi++"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شرح و تفسیر آیه</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وَإِذۡ قَالَ إِبۡرَٰهِيمُ رَبِّ ٱجۡعَلۡ هَٰذَا ٱلۡبَلَدَ ءَامِنٗا وَٱجۡنُبۡنِي وَبَنِيَّ أَن نَّعۡبُدَ ٱلۡأَصۡنَامَ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinFarsi++"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شبهای پنج شنبه سال1417جلسه 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinFarsi++"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinFarsi++"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بیانات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinFarsi++"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">آیة الله حاج سید محمدمحسن حسینی طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinFarsi++"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قدّس اللّه سرّه</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinFarsi++"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">أعوذُ بِالله مِنَ الشَّیطانِ الرَّجیم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بِسمِ الله الرَّحمَنِ الرّحیم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">و صلَّی اللهُ عَلَی سَیّدِنا و نَبِیِّنا أبی‌القاسِم مُحَمَّدٍ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">و عَلیٰ أهلِ بَیتِه الطّاهِرینَ و اللَّعنَةُ عَلیٰ أعدائِهِم أجمَعینَ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">مِنَ الآن إلیٰ قیامِ یَومِ الدّین</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="VasatChinMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">منظور از اصنام در دعای حضرت ابراهیم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">آیه‌ای در قرآن هست دربارۀ حضرت ابراهیم، همین امروز موقع غروب به ‌نظرم آمد:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NaghlegholMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَإِذۡ قَالَ إِبۡرَٰهِيمُ رَبِّ ٱجۡعَلۡ هَٰذَا ٱلۡبَلَدَ ءَامِنٗا وَٱجۡنُبۡنِي وَبَنِيَّ أَن نَّعۡبُدَ ٱلۡأَصۡنَامَ * رَبِّ إِنَّهُنَّ أَضۡلَلۡنَ كَثِيرٗا مِّنَ ٱلنَّاسِ فَمَن تَبِعَنِي فَإِنَّهُۥ مِنِّي وَمَنۡ عَصَانِي فَإِنَّكَ غَفُورٞ رَّحِيمٞ﴾.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">یادم هست یک‌وقت در جلسۀ عصر جمعه در مشهد، خدمت آقا [علامۀ طهرانی] بودیم، این آیه مدّ نظر قرار گرفت. آقا فرمودند: «شما این آیه را تفسیر کن!» من هم چیزهایی گفتم؛ بعد آقا مطالبی هم اضافه کردند و تصحیح کردند.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">در این آیه حضرت ابراهیم عرضه می‌دارد: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿رَبِّ ٱجۡعَلۡ هَٰذَا ٱلۡبَلَدَ ءَامِنٗا وَٱجۡنُبۡنِي وَبَنِيَّ أَن نَّعۡبُدَ ٱلۡأَصۡنَامَ﴾.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «اینجا را بلد امن قرار بده» در اینجا چه معنا دارد؟ و در دعایی که حضرت ابراهیم می‌کند: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَٱجۡنُبۡنِي وَبَنِيَّ أَن نَّعۡبُدَ ٱلۡأَصۡنَامَ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، آیا منظور از «صنم» همین اصنام حَجَری یا شَجَری است که با سنگ و چوب می‌تراشند و اینها را به‌صورت مجسمه‌هایی درمی‌آورند؟! مسئله این است؟! در آن وقتی که حضرت ابراهیم دارد خانۀ کعبه را بنا می‌کند، آیا مسخره نیست از خدا تقاضا کند که </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَٱجۡنُبۡنِي وَبَنِيَّ أَن نَّعۡبُدَ ٱلۡأَصۡنَامَ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">؟! آیا این کلام ایشان در سن هفتاد‌هشتادسالگی لغو نیست؟! چون دیگر حضرت اسماعیل بزرگ شده بود:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ﴿وَإِذۡ يَرۡفَعُ إِبۡرَٰهِـۧمُ ٱلۡقَوَاعِدَ مِنَ ٱلۡبَيۡتِ وَإِسۡمَٰعِيلُ رَبَّنَا تَقَبَّلۡ مِنَّآۖ إِنَّكَ أَنتَ ٱلسَّمِيعُ ٱلۡعَلِيمُ رَبَّنَا وَٱجۡعَلۡنَا مُسۡلِمَيۡنِ لَكَ وَمِن ذُرِّيَّتِنَآ أُمَّةٗ مُّسۡلِمَةٗ لَّكَ وَأَرِنَا مَنَاسِكَنَا وَتُبۡ عَلَيۡنَآۖ إِنَّكَ أَنتَ ٱلتَّوَّابُ ٱلرَّحِيمُ ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> در آن زمانی که حضرت اسماعیل بزرگ شده بود و به حضرت ابراهیم در بنای خانه کمک می‌کرد، حضرت ابراهیم بگوید: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿رَبِّ ٱجۡعَلۡ هَٰذَا ٱلۡبَلَدَ ءَامِنٗا وَٱجۡنُبۡنِي وَبَنِيَّ أَن نَّعۡبُدَ ٱلۡأَصۡنَامَ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">؛ «خدایا اینجا را بلد امن قرار بده و مرا و فرزندان مرا از عبادت اصنام دور نگهدار!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[این] حرف، خیلی حرف سستی است. آدم‌های بیست‌سالۀ عادی نمی‌آیند بت را بپرستند؛ حالا چه برسد به آدمی که یک‌خُرده سرش شود؛ یا بالاتر: آدمی که موحد باشد؛ یا آدمی که پیغمبر باشد! [حضرت] به پیغمبری رسیده، تازه می‌گوید: «من بت نپرستم!» خیلی ممنون! دست شما درد نکند! بتی که سنگ است این [که پرستیدن ندارد]!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تنافی پرستش بت با اصول عقلانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">آدم وقتی که از نظر عقلی بخواهد نگاه کند، واقعاً در عقلِ این افرادی که بت‌پرست‌اند شک می‌کند [که آیا] اصلاً عقل دارند یا ندارند؟! چطور اینکه حضرت ابراهیم در وقتی که بت‌ها را شکسته بود، به آنها خطاب می‌کند: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿قَالَ بَلۡ فَعَلَهُۥ كَبِيرُهُمۡ هَٰذَا فَسۡ‍َٔلُوهُمۡ إِن كَانُواْ يَنطِقُونَ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «من نشکسته‌ام! این بتِ بزرگ، این بت‌ها و اصنام را شکسته است. مگر شما [او را] عبادت نمی‌کنید؟! از خودش بپرسید دیگر!» تبر را هم بر گردن این بت انداخت، که [یعنی] این شکسته است! آنها [هم] سرشان را پایین انداختند؛ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿فَرَجَعُوٓاْ إِلَىٰٓ أَنفُسِهِمۡ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> شروع کردند به فکر کردن [که این حرف] یعنی چه؟! راست می‌گوید دیگر! اینکه که تو به‌عنوان یک موجود برتر و عالی‌تر داری [بر او] سجده می‌کنی، جان ندارد تبر را از دوشش بردارد! حالا بزند اینها را بشکند؟! صد سال هم همین‌طور بماند، تبر روی گردنش هست؛ بیچاره عرضه ندارد که یک تبر از دوشش بردارد! حالا قضیّه این‌طوری است. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿إِنَّ ٱلَّذِينَ تَدۡعُونَ مِن دُونِ ٱللَّهِ لَن يَخۡلُقُواْ ذُبَابٗا وَلَوِ ٱجۡتَمَعُواْ لَهُۥ وَإِن يَسۡلُبۡهُمُ ٱلذُّبَابُ شَيۡ‍ٔٗا لَّا يَسۡتَنقِذُوهُ مِنۡهُ ضَعُفَ ٱلطَّالِبُ وَٱلۡمَطۡلُوبُ﴾.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="5"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت ابراهیم با این عملش دارد آنها را مسخره می‌کند؛ می‌گوید: «اگر شما عقل داشته باشید، این کار را نمی‌کنید!» یعنی چه که حضرت ابراهیم از خدا بخواهد که </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَٱجۡنُبۡنِي وَبَنِيَّ أَن نَّعۡبُدَ ٱلۡأَصۡنَامَ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">؟! اصلاً چنین حرفی معنا ندارد!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بت بودنِ هر چیز موجب غفلت از معبود حقیقی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شاید در این آیه، دلالت ظریفی هست که منظور از اصنام، چیزهای دیگر باشد؛ چون بعدش دارد: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿رَبِّ إِنَّهُنَّ أَضۡلَلۡنَ كَثِيرٗا مِّنَ ٱلنَّاسِ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. ضمیری که برای جمع مؤنث مجازی به‌کار برده می‌شود، معمولاً ضمیرِ «ها» است نه «هُنَّ»؛ «هُنَّ» برای ذوی‌العقول است. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿رَبِّ إِنَّهُنَّ﴾ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">یعنی اینهایی که اصنام هستند، انگار عقل و جان دارند و إلاّ بت که جان و روح و نفْس ندارد.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">پس در اینجا اشاره است به اینکه منظور از بت، بتِ چوبیِ تراشیده و حکّاکی‌شدۀ حَجَری یا شجری نیست؛ [بلکه] منظور آن صَوارِفی است که انسان به‌واسطۀ تعلق و توجه به آنها، از توجه به معبود و وجود حقیقی بازمی‌ماند؛ منظور این است. چون بت این‌طور است دیگر. چرا بت را بت و صَنَم می‌گویند؟! به‌جهت اینکه انسان به‌واسطۀ توجه به بت و صنم، از توجه به معبود حقیقی باز می‌ماند. کسی که بت‌پرست است که خداپرست نیست. یعنی باید وِجهۀ قلب خودش را فقط الله قرار بدهد، [لکن] وجهۀ قلبش بت و اصنام است. باید فقط بر الله سجده کند، [اما] سجده بر بت می‌کند. باید مؤثر و مسبِّب و علت و مُفیض را الله بداند، [ولی] مؤثر را بت می‌داند. بت که نمی‌شود مُقرِّب باشد. [مشرکین می‌گویند:] </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿إِلَّا لِيُقَرِّبُونَآ إِلَى ٱللَّهِ زُلۡفَىٰٓ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="6"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «اینها مُقرِّبِ ما به خدا هستند.» یعنی اینها به‌جای اینکه توجه به معبود حقیقی داشته باشند، توجه به اینها دارند. اینها باعث می‌شود که انسان توجه به معبود حقیقی نکند. این معنای بت‌ بودن است.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">معنای بت بودن این است که انسان به مسائلی توجه کند که انسان را از توجه به توحید باز بدارد. انسان به شغلش توجه کند؛ شغل خودش را در مقابل عنایت پروردگار به‌حساب بیاورد: «من دارای ‌چنین شغلی هستم و این آثار از وجود من به‌واسطۀ این شغلم به‌وجود می‌آید و منبعث می‌شود!» این بت است که انسان به‌واسطۀ مقام و موقعیتش، از توجه به توحید باز بماند [و بگوید]: «موقعیت من! من هستم در این موقعیت که این آثار از من ظهور و بروز پیدا کرده است!» این «منی که الآن در این موقعیت هستم» باز بدارد انسان را از توجه به توحید. چه شخصی و چه ذاتی تو را در این موقعیت قرار داده است؟!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نقش انحصاری تقدیر الهی در تعیین موقعیت افراد</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">این‌طورکه در تواریخ و قصص نقل می‌کنند،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="7"/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> سابقاً رسم بر این بود که وقتی پادشاه و سلطانی از دنیا می‌رفت، صبح همۀ افراد مملکت و شهر را جمع می‌کردند؛ پرنده‌ای را پرواز می‌دادند که اسمش را گذاشته بودند: «همای سعادت». شکلش مثل کبوتر بود. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="She'rMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">علی ‌ای همای رحمت تو چه آیتی خدا را *** [که به ماسوی فکندی همه سایه هما را]</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">به همین معناست.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">این هما می‌گشت و همین‌طور گردش و طیران می‌کرد، بعد می‌آمد روی سر یکی می‌نشست و او پادشاه می‌شد؛ حالا دیگر بسته به اینکه بخت و شانسِ که، چه حکمی کرده باشد. طرف گدای گدا بود، شب خوابیده بود یک تُنبان نداشت [اما] صبح که بلند می‌شد، رئیس مملکت بود!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">این می‌شود «شانس و بخت»! حالا اسمش را «تقدیر» بگذاریم که بهتر باشد؛ الفاظ صحیح به‌کار ببریم. یعنی واقعاً کسی که هیچ‌گونه احتمالی در او نمی‌رفت که پادشاه شود، بلکه قطع به خلافش بود، یک‌دفعه می‌بینی که تقدیر آمد و یک‌مرتبه پادشاه می‌شود! و در همۀ مسائل و قضایا همین‌طور است.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">در دعای افتتاح داریم: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«و یَرفَعُ المُستَضعَفینَ و یَضَعُ المُستَکبِرینَ و یُهلِکُ مُلوکاً و یَستَخلِفُ آخَرینَ»؛</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="8"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> شخصی را بالا می‌برد؛ شخصی را پایین می‌آورد. و یا در آیه داریم: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿قُلِ ٱللَّهُمَّ مَٰلِكَ ٱلۡمُلۡكِ تُؤۡتِي ٱلۡمُلۡكَ مَن تَشَآءُ وَتَنزِعُ ٱلۡمُلۡكَ مِمَّن تَشَآءُ وَتُعِزُّ مَن تَشَآءُ وَتُذِلُّ مَن تَشَآءُ بِيَدِكَ ٱلۡخَيۡرُ إِنَّكَ عَلَىٰ كُلِّ شَيۡءٖ قَدِير﴾.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="9"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> در اینجا، حقیقت و واقعیتِ امر، چیز دیگری است. افرادی که به مسائل دنیوی توجه پیدا می‌کنند و وجود و موقعیت اینها، اینها را می‌گیرد، اصلاً توجهی به تقدیر ندارند که این مطالب و مسائلی که در اینجا پیدا می‌شود، یک سر به آن‌طرف دارد! اصلاً انگارنه‌انگار!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نادیده گرفتن تقدیر الهی توسط افراد</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">یادم هست وقتی که شاه در سابق صحبت می‌کرد، اصلاً جوری صحبت می‌کرد که انگار تمامِ دنیا را خریده است! به انگلیس رفته بود، مثل ‌اینکه با آمریکا مسئله‌ای پیدا کرده بود؛ این‌طور در انگلیس صحبت کرده بود: «این چشم‌آبی‌ها از ما چه می‌خواهند؟!» یک دستش را هم به کمرش زده بود! یک سال نکشید که این چشم‌آبی‌ها او را برداشتند! این خیلی عجیب است! وقتی هم که انقلاب شد، واقعاً خدا بساط آنها را جمع کرد.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">من یادم است بعضی از این سخنران‌های ما ـ که دیگر اسم نمی‌برم ـ وقتی صحبت می‌کردند، انگار اصلاً مالک‌الرِّقاب همۀ مردم‌اند! با این انقلابی که کرده‌اند ـ حالا فرض هم کنیم که شما انقلاب کرده‌اید، خدا هم نکرده است! ـ وقتی صحبت می‌کند، انگار زمامِ همۀ کشورهای اسلامی و همۀ مردم در دستش است! وقتی که سخنرانی بود و اعلامیه بود [می‌گفت]: «آن باید آن کار را بکند و این باید این کار را بکند! زید باید این کار بکند، عَمرو باید این کار بکند!» اصلاً مقامِ صحبت، مقامِ انشاء بود! یعنی انگار جعلِ حکم می‌شد و واقعاً از مقامِ مشیّتِ حضرتِ رب، نزول پیدا می‌کرد تا می‌آمد به این خلق بیچاره می‌رسید! واقعاً صحبت که می‌شد، یک جهت انشایی در صحبت‌های اینها پیدا بود! یا مثلاً فلان سخنران می‌گفت: «ما جبراً انقلاب را صادر می‌کنیم؛ بخواهند یا نخواهند، ما این کار را انجام می‌دهیم!» حالا یک طلبه آمده اینجا [دارد این‌طور می‌گوید]! بابا جان! برو دَرسَت را بخوان!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نتایج عدم توجه به تقدیر الهی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">خدا هم مدام صبر می‌کند، صبر می‌کند تا ببیند ما درست می‌شویم یا نمی‌شویم؟! [خود را] تغییر می‌دهیم؟! آخر یک‌خُرده هم به‌حساب خدا بگذاریم! نمی‌گوییم صد درصد؛ [حدّاقل] ده درصد، پانزده درصد [به حساب خدا بگذاریم]! آدم نباید این‌قدر بی‌انصاف باشد که بگوید: «صد درصد برای ماست!» گرچه در بعضی صحبت‌ها می‌گفتند «خدا»، اما اصلاً نحوۀ القاء مسائل از مقام مشیّت به‌کیفیتی بود که چیز عجیب‌غریبی [بود]!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وقتی این‌طور شود، یک‌مرتبه خدا [هم] همه چیز را به هم می‌پیچاند و جمع می‌کند؛ یعنی یک‌دفعه قضیه طوری می‌شود که همه شروع به لرزش و رعشه می‌کنند و می‌مانند که چه کنند!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شما ببینید، مسئله‌ای که اخیراً در همین قسمت‌های حدود</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="10"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> شرقی ما پیدا شده، اصلاً چطور ولوله انداخته! اگر مطلب یک‌خُرده جدی شود و از بعضی جاها هم آنها تأیید شوند ـ که دارند می‌شوند ـ قضیّه واقعاً چه می‌شود؟! فکرش را کرده‌اید؟! حالا امت و ارتش بیست‌میلیونی، [حتی اگر] بشود ارتش چهل‌میلیونی، [یا] ارتش شصت‌میلیونی! قضیّه بالأخره به کجا می‌رسد؟!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ما خیال می‌کنیم اشخاصی که دین ندارند و کافرند، آلات و واسطه‌های خدا نیستند؛ [درحالی‌که] همین‌ها هم واسطه‌های خدا هستند! چه فرقی می‌کند؟! همین‌ها واسطه‌اند. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الظّالِمُ سَیفی أنتَقِمُ مِنهُ وَأنتَقِمُ به</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="11"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> اینها همه آلات خدا و دست‌های خدا هستند. اگر ما بخواهیم از محدودۀ فرهنگی و ادراکات حقیقی خودمان یک‌خُرده پا را کنارتر بگذاریم، یک‌دفعه همان‌جا می‌آیند و ما را می‌گیرند و نمی‌گذارند اصلاً تکان بخوریم!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بت بودن علم در صورت فریفته شدن به آن</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اگر انسان به علمش فریفته شود [و با خود بگوید]: «این دقت‌ها و ظرافت‌هایی که ما در این مبانی داریم، چه‌کسی به اینها رسیده؟! کسی به این مسائل نرسیده و اصلاً بلد نیستند!» خدا می‌گوید: «این بنده‌خدایی هم که دارد درس می‌دهد، او هم بندۀ من است! با تو فرقی نمی‌کند! اگر بخواهیم، [علم را از تو] می‌گیریم!» این می‌شود بت! علمِ انسان برای انسان، بت و صنم می‌شود.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تفسیر سورۀ توحید توسط علامۀ طهرانی به‌ القاء حضرت حداد</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حضرت آقا [علامۀ طهرانی] در این کتاب </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">روح مجرد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">شان قشنگ این مسئله را روشن کرده‌اند. در آنجا می‌فرمایند: «ما در همدان که بودیم، مرحوم آقای حداد ‌می‌فرمودند: ”فلانی! تفسیرِ قرآن کن؛ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿قُلۡ هُوَ ٱللَّهُ أَحَدٌ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> را تفسیر کن.“» و ظاهراً بعد در مشهد هم ادامه پیدا کرد. ایشان می‌فرمودند: « یازده جلسه تفسیرِ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿قُلۡ هُوَ ٱللَّهُ أَحَدٌ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> بوده!» شما الآن برایِ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿قُلۡ هُوَ ٱللَّهُ أَحَدٌ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> یک تفسیری بنویسید؛ [برای] </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿قُلۡ هُوَ ٱللَّهُ أَحَدٌ * ٱللَّهُ ٱلصَّمَدُ * لَمۡ يَلِدۡ وَلَمۡ يُولَدۡ * وَلَمۡ يَكُن لَّهُۥ كُفُوًا أَحَدٌ﴾.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="12"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">[اگر] ما بنویسیم، فوقش دو صفحه است دیگر! خیلی زور بزنیم و فرض کنید که معنای «صمدیّت»، معنای عدم تولید انقطاعی، معنای تسرّیِ علل در معلولات و از این قلمبه‌سلمبه‌ها را یک‌خُرده‌ در اینجا بیان کنیم و خیلی بخواهیم روشن کنیم، دو صفحه می‌نویسیم و بیان می‌کنیم دیگر؛ بیشتر که دیگر نمی‌توانیم! [ایشان] یازده جلسه صحبتِ پی‌درپی [داشته‌اند]! تازه می‌گفتند [فقط] در </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿ٱللَّهُ أَحَدٌ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [بوده]؟ یا </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿ٱلصَّمَدُ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [به بعد] هم بوده؟ در </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">روح مجرد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> دارد؛ حالا یا فقط در </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿قُلۡ هُوَ ٱللَّهُ أَحَدٌ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [بوده] یا </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿ٱللَّهُ ٱلصَّمَدُ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:bidi/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> هم [بوده].</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تلمیذ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> قسمت اول بوده.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">استاد:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> یعنی فقط قسمت توحید، </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿ٱللَّهُ أَحَدٌ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [بوده]؟ یعنی همان معنای وحدانیت.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ایشان خودشان هم در آنجا نوشته‌اند که معانی‌ای گفته می‌شد که اصلاً به ذهن من نیامده بود! این غیر از این است که از ناحیۀ آقای حداد دارد می‌آید؟! منتها این زبان برای اوست. این زبان اینجا دارد می‌چرخد، ولی از باطن آن معانی را می‌ریزند و از زبان، این معانی بیرون می‌آید.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="13"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> خب او صاف و پوست‌کنده دارد می‌گوید که ما کسی نیستیم دیگر! هرچه هست خداست دیگر!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ظهور توحید در آیات مربوط به حضرت عیسی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="She'rMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فیض روح‌القدس اَر باز مدد فرماید *** دگران هم بکنند آنچه مسیحا می‌کرد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="14"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فیض روح‌القدس آمده و از دست مسیح بیرون می‌آید. و خدا اینجا عجیب دارد توحید را نشان می‌دهد: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَتُبۡرِئُ ٱلۡأَكۡمَهَ وَٱلۡأَبۡرَصَ بِإِذۡنِي وَإِذۡ تُخۡرِجُ ٱلۡمَوۡتَىٰ بِإِذۡنِي﴾.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> همه‌اش </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿بِإِذۡنِي﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> است! </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَإِذۡ تَخۡلُقُ مِنَ ٱلطِّينِ كَهَيۡ‍َٔةِ ٱلطَّيۡرِ بِإِذۡنِي فَتَنفُخُ فِيهَا فَتَكُونُ طَيۡرَۢا بِإِذۡنِي﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="15"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> گِل درست می‌کنی به اذن من است؛ در آن می‌دمی، به اذن من است؛ طیر می‌شود، به اذن من است؛ همۀ اینها به اذن من است؛ یعنی فقط و فقط قدرت من است!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">مناظرۀ علامۀ طهرانی با یکی از علمای ظاهر دربارۀ توحید افعالی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">آقا سیدمحمدعلی، اخوی آقا [علامۀ طهرانی]، آن موقع از شاگردان و تلامذۀ آقا بود، وقتی که از نجف مراجعه کرده بود. حالاتی هم داشت؛ حالاتِ به‌اصطلاح... . خدا ما را جداً حفظ کند؛ واقعاً باید به خدا پناه ببریم که یک‌وقت مبتلای به زلّات نشویم. خیلی خطر است! واقعاً ابتلا، ابتلای بزرگی است.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">آقا [علامۀ طهرانی] می‌گفتند: در مجلسی بودیم؛ خیلی از آخوندها و علمای تهران هم در آن مجلس بودند. صحبت در توحید شد. شخصی می‌گفت: «نه آقا! ما اختیار داریم؛ ما اراده داریم؛ ما قدرت داریم!» یکی از همین آخوندهای پیرمرد بود که خیلی متصلّب و خیلی شدید در کثرت بود! مثل اینکه هرچه تا حالا علم پیدا کرده بود و هرچه خورده بود، این را فقط چسبانده بود به همین عالَم مسبَّبات؛ انگار از سبب هیچ خبری نبود! [می‌گفت:] «نه آقا! اختیار داریم و اراده داریم، قدرت داریم. این حرف‌ها چیست که همه‌چیز مربوط به خدا است؟! کفر است، افساد است، زندقه است!» خلاصه این عموی ما ـ اخوی آقا ـ مدام با او بحث می‌کرد: «نه [همه‌چیز] توحید است.» خلاصه دیگر بنده‌خدا ماند و بعد، آقا [علامۀ طهرانی] سررشتۀ کلام را به‌دست گرفتند و با او بحث کردند و او دیگر ماند!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بعد یک‌دفعه عصبانی شد، گفت: «آقای طهرانی! این بچه‌ای که دارد از شکم ننه‌اش درمی‌آید، این را هم خدا در آورده؟!» گفتند: «بله آقا! </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَٱللَّهُ أَخۡرَجَكُم مِّنۢ بُطُونِ أُمَّهَٰتِكُمۡ لَا تَعۡلَمُونَ شَيۡ‍ٔٗا﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="16"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» این بیچاره مُفحَم شد! </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿فَبُهِتَ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، همین‌طوری ماند! </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَٱللَّهُ أَخۡرَجَكُم مِّنۢ بُطُونِ أُمَّهَٰتِكُمۡ لَا تَعۡلَمُونَ شَيۡ‍ٔٗا﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. چه قدرتی هست که این بچه را بیرون می‌آورد؟! چه قدرتی هست که زن را آماده و مهیا می‌کند برای ‌اینکه بچه بیاید؟! این قدرت‌ها برای کیست؟!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
         <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اصلاً او همین‌طور مانده بود. بعد دیگر خودش در مقام عجز درآمد! بعد آقا به او فرمودند: «آقا! اینها احتیاج به مطالب دیگری دارد. اینها مسائل و مقدمات دیگری دارد. آخر این مطالب با فقه و اصول و این حرف‌ها که درست نمی‌شود.» شما با شبهۀ نردبانیۀ آقاضیاء که نمی‌توانید مسائل توحیدیه را [بفهمید]. هرچه انسان ذهنش را در هر مسئله‌ای به کار بیندازد، در همان جا رشد می‌کند و اینها نیاز به مقدمات علمیه و مقدمات عملیه دارد.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">منشأ توحیدی داشتن خنده و گریه</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَأَنَّهُۥ هُوَ أَضۡحَكَ وَأَبۡكَىٰ * وَأَنَّهُۥ هُوَ أَمَاتَ وَأَحۡيَا * وَأَنَّهُۥ خَلَقَ ٱلزَّوۡجَيۡنِ ٱلذَّكَرَ وَٱلۡأُنثَىٰ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="17"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿أَضۡحَكَ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [یعنی] من که دارم می‌خندم، کسی دیگر دارد من را به خنده می‌اندازد. واقعاً کسی به این مسائل فکر نکرده است؟! </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿أَنَّهُۥ هُوَ أَضۡحَكَ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> یعنی حال انسان از حال طبیعی خارج می‌شود و تعجب می‌کند و به‌واسطۀ تعجب، خنده برایش پیدا می‌شود. که این کارها را می‌کند؟! دیده‌اید وقتی بعضی می‌خندند، اصلاً نمی‌توانند کنترل کنند؟! این‌قدر می‌خندند!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">دو تا از این رفقای همدانی خیلی می‌خندیدند. آن آقا ... و آن ... آقا خیلی خنده‌هایشان معروف بود؛ اصلاً عجیب! یک وقتی خود من هم خیلی می‌خندیدم؛ کوچک که بودیم، مثلاً سنّمان هفت‌هشت‌ده سال بود؛ خنده‌ای می‌کردیم که اصلاً دیگر کنترل نداشتیم! دیگر می‌رفتیم بیرون. آن‌وقت تا می‌رفتیم بیرون، دیگر خوب می‌شدیم! لابد بعضی جریانات خنده‌هایم در مسجد قائم را گفته‌ام.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">یک دفعه این آقا ... از همدان آمده بود و خیلی مؤدب جلوی آقا [علامۀ طهرانی] در مسجد قائم نشسته بود. تقریباً پنج‌شش متری فاصله بود. من هم آمدم بغلش نشستم. خبر داشتم که وقتی او خنده‌اش بگیرد، دیگر رها نمی‌کند! اتفاقاً شب جمعه بود و یک واعظی هم بالای منبر داشت وعظ می‌کرد. ما هم که خلاصه یک چیزی‌مان می‌شد! این واعظ هم یک‌خرده می‌لنگید و ریشش هم حنایی بود. وقتی که او بالای منبر رفت، همین وسط صحبت‌ها که مشغول و گرم صحبت بود [گفتم]: «آقا ...!» گفت: «چیه؟» گفتم: «او وقتی بالای منبر می‌رفت، می‌شَلید ها!» گفت: «آره.» گفتم: «من هر وقت این ریشش را می‌بینم، به‌یاد عثمان می‌افتم! عثمان، هم می‌لنگید ـ [چون] عثمان لنگ بود ـ و هم ریشش حنایی بود!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...6 lines deleted...]
-        <w:bidi/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تا او نگاه کرد، یک‌دفعه گفت: «هاها...!» اصلاً همۀ مجلس متوجه شدند. آقا اخمی به ما کردند! [او] گذاشت و رفت و دیگر این چند روزی که [به طهران آمده بود] پیش من نمی‌نشست! اصلاً دیگر کنترلش از دستش [خارج شد].</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ما یک قضیه برای این خنده‌هایمان داریم؛ [زمانِ] سابق خنده‌های عجیب‌غریبی ما می‌کردیم! ما خیلی می‌خندیدیم. آن اخوی آقا سید محمدصادق، او هم همین‌طور. منتها چیزی که بود، آقا سید محمدصادق چون دو سال بزرگ‌تر است، من را راه می‌انداخت و استارت را او می‌زد، بعد که دیگر ما راه می‌افتادیم و می‌خندیدیم، بعد خودش هم دیگر جلوی خودش را نمی‌توانست بگیرد! خلاصه دیگر با هم بساطی داشتیم!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">عدم فهم افراد نسبت به مطالب عمیق علامۀ طهرانی</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حالا صحبت در این است: این جلساتی که ایشان صحبت می‌کردند و در حول‌وحوش این معنای توحید بود، خب این حرف‌ها واقعاً از کجا می‌آمد؟! واقعاً خیلی جای تأسف است که در آن موقع اصلاً ضبطی نبود که این حرف‌ها ضبط شود یا شخصی بنویسد. چنین جلساتی بود؛ آن هم برای چه کسانی؟! به‌جای اینکه این مطالب برای فضلا و طلاب و شاگردان علمی و عملی ایشان [باشد] که اینها بیشتر از دیگران قابلیت دارند ـ نه اینکه دیگران نداشته باشند ـ [اما] برای افرادی [بود] که من خیال می‌کنم حتی اصلاً هیچ‌چیز هم نمی‌فهمیدند؛ یعنی فقط همین‌طور نگاه می‌کردند؛ و اصلاً بعضی فقط از نورانیّتِ آقا استفاده می‌کردند. و خلاصه این مسائل و این مطالب باید مخفی بماند؛ یعنی فقط یک برقی بیاید و زده شود و دیگر مثلاً [کمال استفاده] نباشد.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">توصیۀ مرحوم انصاری به مراقبت در ارتباطات</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ما یک چیزی می‌گوییم! خدا رحمت کند آقای همایونی (خطاط معروف) را! خیلی آدم خوبی بود؛ واقعاً بسیار آدم نازنینی بود. ایشان می‌گفت:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NaghlegholMatn"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">یک دفعه یک رفیق نابابی به تور ما خورده بود که ما را از راه به در کند. خیلی ظاهرالصلاح [بود]. او آمد و با ما مشغول شد تا ما را از آقای انصاری جدا کند. ما با او قرار گذاشتیم. مرحوم آقای انصاری در جلسه به ما اشاره‌ای کردند که انسان نباید با هر کسی رفت‌وآمد کند. اشاره‌ای کردند، منتها ما دوزاری‌مان نمی‌افتاد؛ یعنی متوجه نمی‌شدیم. (حالا ما تعبیر خودش را به کار نمی‌بریم! آخر چون اسمش همایونی بود؛ می‌گفت: «اعلیٰ‌حضرت همایونی هنوز خرفهم نشده بود!»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NaghlegholMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">یک روز با هم قراری گذاشتیم و ما را به منزل خودش دعوت کرد. آن روز که قرار بود به منزلش برویم، یک‌مرتبه برای ما خبر آوردند: «بچه‌مان مریض شده، زود بیا و او را به دکتر ببر!» ما تا آمدیم او را به دکتر ببریم و بیاییم و دوا و درمان کنیم، وقت ظهر گذشت و نشد. دیگر رفتیم خیلی [اظهار] شرمندگی [کردیم]. گفت: «عیب ندارد. برای روز دیگر قرار بگذاریم.»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NaghlegholMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">روز دیگر قرار شد که شب برویم. تا عصر خوب بودیم. همین که عصر آمدیم برویم، یک‌دفعه تب بر ما عارض شد؛ تب و سردرد؛ افتادیم در منزل. شب همین‌طور به همین کیفیت در منزل خوابیده بودیم، صبح از خواب بلند شدیم خوبِ خوبِ خوب [شده بودیم] و راه افتادیم! ما می‌گفتیم که این قضیّه چیست؟! آن دفعه این بچه مریض شد، این دفعه ما عصری یک‌دفعه تب کردیم و فردا صبح هم خوب شدیم! این قضیه چیست؟! (ولی باز خودش می‌گفت: «نه‌خیر! هنوز اعلیٰ‌حضرت همایونی هنوز خر فهم نشده بود!»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NaghlegholMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">این دفعه گفتم که شما به منزل [ما] تشریف بیاورید که اقلاً من خودم دیگر حتماً بیایم. دو دفعه شما دعوت کردید و ما شرمنده شدیم؛ این دفعه شما تشریف بیاورید. صبح که خواستم بروم، به زنم گفتم: «یک مرغ درست می‌کنی، یک رانش را خودت می‌خوری و بقیه‌اش را نگه می‌داری برای ‌اینکه مهمان داریم.»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NaghlegholMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ظهر به خانه رفتیم و طرف آمد. سر سفره [زنم] گفت: «مگر مهمان داریم؟! یک ران برایت گذاشتم!» [گفتم:] «یک ران گذاشتی؟! من گفتم یک ران بخور، بقیه‌اش را بگذار!» [زنم گفت:] «گفتی همه‌اش را بخور، یک ران بگذار!» [گفتم:] «حالا که مهمان آمده با این یک ران من چه‌کار کنم؟!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NaghlegholMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اینجا نشستم فکر کردم؛ [با خود گفتم:] «آها! حالا اعلیٰ‌حضرت همایونی خرفهم شد!» خلاصه همان یک ران را گذاشتیم جلوی او و رفتیم پنیر و نان خشکی در خانه پیدا کردیم. و او هم چنان متحیر مانده بود. به او هم خیلی برخورد؛ اولاً دو دفعه دعوتش [را نقض] کردیم. بعد حالا یک ران گذاشتیم وسط، نه پلویی، نه چیزی!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NaghlegholMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(حالا او هم چون گفته «همه‌اش را بخور و فقط یک ران بگذار»، این [زنش] هم مثلاً رفته و همسایه را هم صدا کرده: «بیا بخور! امروز فعلاً بساطمان به راه است! این شوهرمان یک مرغ خریده، گفته فقط یک ران بگذار.» او اینکه « فقط یک ران بخوری» را با «یک ران بگذاری» عوضی گرفته است.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NaghlegholMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حالا فهمیدم من اشتباه نکردم! یا آن ملائکه (به [زعم و] ‌حساب خود آقای همایونی [ملائکه بودند]. حرف‌های خیلی لطیفی می‌زد.) که باید در گوش او فرو کند، چپکی و عوضی کرده قضیّه را و آن‌طور کرده در گوشش! لذا اعتراضی هم نکردیم.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="NaghlegholMatn"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">عصری که آمدیم، تا وارد جلسه شدیم آقای انصاری یک نگاه به ما کرد و خندید؛ یعنی حالا خرفهم شدی؟!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حالا ما یک چیز به بنده‌خدایی گفتیم که مثلاً سراغ یکی برود، او یک‌دفعه رفته و سر از کجا درآورده! به او می‌گویم: «بابا! من این‌طور گفتم.» می‌گوید: «نه شما آن‌طور [گفتید]!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">خیلی خب، حالا! واقعاً همین قابل تأسف برای ما بود! شاید واقعاً هم خواست خدا بر این است که هر حرفی ثبت نشود و نماند. این هم ما نمی‌دانیم تقدیر به چه نحو و چگونه است.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">منظورم مقدماتی بود برای یک مسئله، که خیال می‌کنم به آن مسئله نرسیم؛ فقط امشب در همین مقدمات بمانیم.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اضلال هر فرد توسط اصنام، طبق شاکله و ذهنیات خودش</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">یک نکتۀ ادبی و بلاغتی که در </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿رَبِّ إِنَّهُنَّ أَضۡلَلۡنَ كَثِيرٗا مِّنَ ٱلنَّاسِ﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="18"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> هست، ممکن است این باشد که اینها چون آن‌قدر ظریف و دقیق‌اند و آن‌قدر خوب بلدند نفْس افراد را [به‌واسطۀ] این ریاسات، این علم‌ها، این مال‌ها، این زن و فرزند، این تعلق به دنیا، تعلق به محنه و صنعت و حرفه و موقعیت‌های اجتماعی به‌سمت خودشان جلب کنند، این‌قدر اینها ظریف و خیلی لطیف است که قشنگ هر شخصی را طبق شاکله‌ و ذهنیاتی که دارد، می‌آورد و در آن محدودۀ خودش کاملاً گیر می‌اندازد. یکی را به مسجد گیر می‌اندازد، یکی را به رفیق گیر می‌اندازد، یکی را به مرید گیر می‌اندازد، یکی را به همین که اسمش پخش شود و این حرف‌ها! کأنّ اینها دارای یک نوع جنبۀ تعقل هستند؛ و الاّ این حیثیات اعتباری که جان و روح و نفس ندارند، این‌قدر اینها مهم‌اند که بیایند و یک شخص عالمی را من‌باب‌مثال گیر بیندازند؟! خلاصه یک زیرکی خاصی در بطن این اصنام و در بطن این اعتباریات هست که البته آن زیرکی خاص، همان اشارات جناب شیطان ‌می‌‌باشد که او می‌آید و قلوب را به‌سمت خودش می‌کشاند! کأنّ بویی از تعقل، بویی از شیطنتی که لازمۀ تفکر و مکر و حیله است در اینجا آمده است. که البته من این را یادم هست که در آن جلسه عرض کردم و آقا [علامۀ طهرانی] فرمودند همین‌طور است.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حالا ما باید ببینیم که محدودۀ این اصنام و این چیزهایی که در اینجا هست در چه حدی است، و ما باید مطلب را تا چه حد جلو ببریم و تا چه حد این آیه دلالت دارد و شامل صارف‌هایی [است] که صارفِ انسان از رسیدن به حق می‌شود.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نهی مرحوم علامه از توجه به غیر توحید در حج</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وقتی ما می‌خواستیم به حج مشرف شویم، آقا مطلبی به ما فرمودند. همین سه سال پیش بود که ما با اخوی، آقا سید محمدصادق و با دوسه تا از رفقای دیگر به حج مشرف شدیم. مجموعاً شش نفر بودیم؛ آن آقای شهید مشهدی هم که با ما بود و هفت تا می‌شدیم. ولیکن او [جای جدایی داشت؛] شش تا می‌شدیم. نمی‌دانم من از آقا سؤال کردم یا ایشان خودشان فرمودند: «در مسجدالحرام که هستی به غیر از توحید به هیچ‌چیز توجه نداشته باش، حتی به پیغمبر اکرم!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">حتی به پیغمبر اکرم توجه نکن! آنجا فقط توحید می‌ماند و بس. حریم مکه، ظهور توحید است؛ برای همین به آن بیت‌الله می‌گویند؛ بیت‌الله یعنی خانۀ خدا. در بیت‌الله ـ نه بیت‌الرسول و نه بیت‌الأئمه ـ کأنّ خداوند می‌خواهد فقط خودش را بدون هیچ‌گونه واسطه نشان دهد و خلایق را در آنجا بدون هیچ‌گونه واسطه‌ای ببیند! می‌خواهد افراد در آنجا این حالت را داشته باشند. یعنی وقتی انسان این جنبۀ توحید را در آنجا مشاهده کرد که فقط و فقط خدا می‌ماند و بس، وقتی که این مسئله ثابت شد، آن‌وقت خدا در مقام ولایت در اسماء و صفات، خودش را بروز و ظهور می‌دهد.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">یعنی وقتی انسان توجه به توحید پیدا کند و تمام واسطه‌ها را حذف کند، فقط در آنجا خدا می‌ماند و بس؛ پیغمبر را هم یک واسطه می‌بیند، امیرالمؤمنین را هم یک واسطه می‌بیند، بزرگان را هم وسائط می‌بیند، اولیا را هم وسائط می‌بیند، صلحا را هم وسائط می‌بیند، تمام اینها را واسطه می‌بیند. در آنجا توجه فقط به توحید می‌ماند و بس؛ وقتی این‌طور شد، آن‌وقت آن توحید در مظاهر اسماء و صفات کلیه می‌آید جلوه می‌کند و برای انسان خودش را نشان می‌دهد.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ولایت، حقیقت توحید</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">آقا می‌فرمودند: «در این مرحله من دیدم که چطور تمام افراد از اطراف و اکناف می‌آیند و تمام حرکت اینها به دور ولایت است!» یعنی وقتی انسان متوجه حقیقت توحید می‌شود، آن‌وقت در مقام نزول، خود آن توحید می‌آید و آن نحوۀ نزول مراتب اسماء و صفات را برای انسان کشف می‌کند.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">معنای آیۀ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿رَبِّ اجعل هَٰذَا البلد ءامنا﴾</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نباید انسان در آنجا از پایین به بالا برود! آنجا باید توجه به توحید داشت و بعد بیاید پایین. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿رَبِّ ٱجۡعَلۡ هَٰذَا ٱلۡبَلَدَ ءَامِنٗا﴾</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> یعنی این؛ یعنی خدایا تو این حریم مکه را ـ که البتّه در روایات تعبیر به مقام ولایت شده ـ بلد امن قرار بده و نگذار ما در این حریم امن، غیر از تعلق به ذات خودت هیچ‌گونه صنمی را [در دل داشته باشیم] که موجب شود تا ما از تو و از توجه به ذات تو منصرف شویم! اینجا را جایی قرار بده که تمام واسطه‌ها دیگر حذف می‌شود.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ظهور توحید و رفع تمایزات در حج</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:hint="cs"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لذا در مظاهرش پیداست دیگر: انسان باید لباسش را دربیاورد، زینتش را دربیاورد، سرش را برهنه کند، فقط دو تا لباس و پارچۀ سفید بیندازد. اینها همه‌اش به‌خاطر این است که از همه‌گونه تعلقات بیرون بیاید. شما اگر در آنجا یک آیةالله هشتاد سال سن را با یک پیرمرد سُنّیِ ریش‌داری که از ترکیه آمده بغل هم بگذارید و نگاه کنید، فرقش را نمی‌بینید. دیده‌اید اینهایی که از ترکیه آمده‌اند؟ این‌قدر ریش دارند! گاهی اوقات خیلی محاسنشان مُرسَله است! تا اینجا هم هست! [وقتی] آدم نگاه می‌کند، غلط‌انداز است؛ یعنی می‌گوید: «این کیست؟!» وقتی یک صحبت و چیزی می‌بیند، [متوجه می‌شود] اینها الحمدلله خیلی صاف و [ساده‌اند]. یعنی در اینجا اصلاً قابل [تشخیص نیست].</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">یک وقت من با یکی از این آقایان مراجع فعلی که رساله دارد، باهم داشتیم عمره انجام می‌دادیم و من اصلاً تا شوط دوم‌سوم نفهمیدم این اوست! با اینکه او جلوی من بود و گاهی اوقات من جلویش بودم. چون عمامه نداشت و با عصا بود. قیافه‌اش هم می‌خورد به چنین کسایی که مثلاً از همین‌ ترکیه و این جاها آمده باشند. من شوط سوم‌چهارم [دیدم که] او همان بود که من سه‌‌چهار سال، پیش او درس خوانده‌ام!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وضعیت پوشش مرحوم علامۀ طهرانی در حج</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">این برای همین است که خلاصه در اینجا هیچ تمایزی نباید باشد! فقط اشتراک در مسیر و در طواف؛ همین! هرگونه تعلقی [مثل] عمامه [نباید باشد]؛ چرا در مسجد‌الحرام در موقع طواف نباید عمامه گذاشت؟! البتّه احتراماً للبیت هم عمامه نمی‌گذارند؛ خود مرحوم آقا هم در آنجا عمامه نمی‌گذاشتند. یعنی همین جهت وحدت را می‌خواستند در آنجا لحاظ کنند که در اینجا نباید کسی با بقیّه فرق داشته [باشد] ولو بعدَ الأعمال. یک شب‌کلاه سرشان می‌گذاشتند و با یک لباس بلندی حرکت می‌کردند؛ حتی عبا هم روی دوششان نمی‌انداختند. اصلاً در تمام این سفرهایی که آقا رفتند یا بعضی [سفرها] که ما با ایشان [همراه بودیم]، ایشان فقط در حج یک شب‌کلاه داشتند و یک قبا؛ تازه قبا هم نبود [بلکه] یک لباس بلند بود؛ منتها یک‌خورده کلفت بود. دیگر عبا و این حرف‌ها هیچ اصلاً نبود. ولی در مدینه عمامه و عبا داشتند.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">این جهت توحیدی است که انسان باید هرچه که غیرِ خدا هست، کنار بگذارد و فقط و فقط توجه به او داشته باشد و باید بداند که آنچه موجب می‌شود انسان به خود توجه کند و از خود ببیند، تمام اینها صارف است و اینها همه باعث انحراف از طریق است.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">این مقدمه‌ای بود برای مطلبی که می‌خواستم عرض بکنم. إن‌شاءالله در فرصت دیگر سراغ ذی‌المقدمه‌اش می‌رویم اگر خدا بخواهد. دیگر خیلی زیاد می‌شود! ذی‌المقدمه‌اش را یکی دیگر از رفقا بگوید!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تلمیذ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ما هر وقت خواستیم بر روی آن فکر کنیم؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">استاد:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نه آقا! توحید همین است دیگر!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Arabi"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لا یَصِلُ العَبدُ مقامَ العُبودی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ةِ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Arabi"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> حتّ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">یٰ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Arabi"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> یَشهَدَ عَلَیهِ أ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ل</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Arabi"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فُ صِدّیقٍ بِأنَّهُ زِندیقٌ!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteReference w:id="19"/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Arabi"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ثبات قدم در ولایت، معنای دعای حضرت ابراهیم</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تلمیذ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> دعای اینجا چه معنایی پیدا می‌کند؟ قاعدتاً اینجا الان مقام ثبوتش هست؛ چه حضرت ابراهیم به دنیا بیایند و چه نیایند، چه دعا بکنند و چه نکنند، فرمودید که در روایات به مقام ولایت تعریف شده؛ خب آنجا بلد امن هست؛ دعا چه معنا دارد؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">استاد:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> خب آن دعا معنایش این است که افراد را خدا در این بلد امن قرار داده دیگر. جنبۀ دعا جنبۀ کثرت است. اینکه می‌گوید اینجا بلد امن است و تعبیر به بلد امن شده، [اگر] ما جنبۀ ظاهری‌اش را نگاه کنیم که همان مکه است، جنبۀ باطنی‌اش همین ولایت است.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">یعنی همین که دارد می‌گوید: «خدایا این را بلد امن قرار بده»، یعنی این ولایت را همیشه تایید کن و از دسترس شیاطین دور نگه دار و کسانی که در ولایت داخل می‌شوند، خدایا موجب انصراف آنها را فراهم نکن؛ یعنی کاری پیش نیاور که اینها دیگر برگردند. یعنی در واقع دارد از خدا تقاضا می‌کند که این افرادی که دارند وارد ولایت می‌شوند، اینها را تا آخر ثابت‌قدم و پابرجا بدار. مثل سایر ادعیه‌ای که ما می‌گوییم: «خدایا عاقبت ما را به‌خیر کن» این هم همین‌طور. نه اینکه بیایند و بروند. یعنی کسی که پایش را در مقام ولایت می‌گذارد، خدایا تا آخر امر او را پابرجا بدار. به اینهایی که نعمت ولایت را داده‌ای، دیگر خلاصه نقمت ابتعاد خودت را نصیب او نکن.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تلمیذ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> آنهایی که واصل به مقام ولایت می‌شوند؟</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">استاد:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نه، آنکه واصل است که دیگر کارش تمام است. این کسانی که یک قدمی در این راه می‌گذارند. دعا می‌کند که: «خدایا! قدم اینها را تا آخر پابرجا بدار!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تلمیذ:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> [حضرت ابراهیم] سفر اول را هنوز تمام نکرده.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">استاد:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...63152 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> حالا دیگر نمی‌دانیم اینجا چطور بوده است. این دلالت نمی‌کند بر اینکه سفرش [تمام نشده باشد]. شاید مثلاً حتی بعد از این جریان، بقا هم پیدا کرده باشد؛ چون دعا در بقا هم هست. این ادعیه‌ای که پیغمبران و ائمه [می‌کردند، در مقام بقا صادر شده است].</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr/>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Arabi"/>
-          <w:color w:val="auto"/>
-[...1009 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId13"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">اللهم صل علی محمّد و آل محمّد</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidSect="006A46D0">
+      <w:footerReference w:type="even" r:id="rId5"/>
+      <w:footerReference w:type="default" r:id="rId6"/>
+      <w:footerReference w:type="first" r:id="rId7"/>
       <w:footnotePr>
-        <w:pos w:val="beneathText"/>
+        <w:pos w:val="pageBottom"/>
+        <w:numFmt w:val="decimal"/>
         <w:numRestart w:val="eachPage"/>
       </w:footnotePr>
       <w:type w:val="oddPage"/>
-      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-[...1 lines deleted...]
-      <w:cols w:space="720"/>
+      <w:pgSz w:w="9979" w:h="14175" w:orient="portrait" w:code="138"/>
+      <w:pgMar w:top="810" w:right="619" w:bottom="990" w:left="450" w:header="0" w:footer="289" w:gutter="0"/>
+      <w:cols w:num="1" w:space="708">
+        <w:col w:w="8910" w:space="708"/>
+      </w:cols>
       <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
-      <w:docGrid w:linePitch="360"/>
+      <w:docGrid w:linePitch="707"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="_F Anvar">
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="Auto"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...18 lines deleted...]
-    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="_A Asrar">
-    <w:altName w:val="Arial"/>
+  <w:font w:name="_A Anvar">
+    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+    <w:sig w:usb0="00002007" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000043" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="_Quraan">
-    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="Auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="_F Asrar">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="_A Asrar">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002003" w:usb1="10000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="宋体">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="f anvar">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="a anvar">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="quraan">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="f asrar">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="a asrar">
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="Auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:id w:val="-2073874865"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p>
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:ind w:firstLine="0"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="009471F6">
+          <w:rPr>
+            <w:rFonts w:hint="cs"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t xml:space="preserve">_____________________________________________________________</w:t>
+        </w:r>
+        <w:r w:rsidR="009471F6">
+          <w:rPr>
+            <w:rFonts w:hint="cs"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t xml:space="preserve">__</w:t>
+        </w:r>
+        <w:r w:rsidRPr="009471F6" w:rsidR="009471F6">
+          <w:rPr>
+            <w:rFonts w:hint="cs"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t xml:space="preserve">________________________________________</w:t>
+        </w:r>
+      </w:p>
+      <w:p>
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="009471F6">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00E968D9">
+          <w:rPr>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t xml:space="preserve">4</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:sdt>
+    <w:sdtPr>
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:id w:val="181413040"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr>
+      <w:rPr>
+        <w:noProof/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:sdtEndPr>
+    <w:sdtContent>
+      <w:p>
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:spacing w:line="240" w:lineRule="auto"/>
+          <w:ind w:firstLine="0"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+        </w:pPr>
+        <w:r w:rsidRPr="009471F6">
+          <w:rPr>
+            <w:rFonts w:hint="cs"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t xml:space="preserve">_____________________________________________________________</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:hint="cs"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t xml:space="preserve">__</w:t>
+        </w:r>
+        <w:r w:rsidRPr="009471F6">
+          <w:rPr>
+            <w:rFonts w:hint="cs"/>
+            <w:sz w:val="16"/>
+            <w:szCs w:val="16"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t xml:space="preserve">________________________________________</w:t>
+        </w:r>
+      </w:p>
+      <w:p>
+        <w:pPr>
+          <w:pStyle w:val="Footer"/>
+          <w:jc w:val="center"/>
+          <w:rPr>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+        </w:pPr>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r w:rsidRPr="009471F6">
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00E968D9">
+          <w:rPr>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:rtl/>
+          </w:rPr>
+          <w:t xml:space="preserve">3</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:noProof/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:p>
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:jc w:val="center"/>
+      <w:rPr/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:bidi="ar-SA"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0">
+          <wp:extent cx="565802" cy="279170"/>
+          <wp:effectExtent l="0" t="0" r="5715" b="6985"/>
+          <wp:docPr id="39" name="_x0000_i0039" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png">
+            <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId2"/>
+          </wp:docPr>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic>
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic>
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="_x0000_i0039" descr="C:\Users\delshad.b\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Logo maktabevahyorg Gallery.png"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1"/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="582776" cy="287545"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="592AFC06" w14:textId="77777777" w:rsidR="001E566D" w:rsidRPr="00064417" w:rsidRDefault="001E566D" w:rsidP="00CB7B99">
+    <w:p>
       <w:pPr>
         <w:ind w:firstLine="0"/>
+        <w:rPr/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CAE699C" w14:textId="77777777" w:rsidR="001E566D" w:rsidRPr="00064417" w:rsidRDefault="001E566D" w:rsidP="00CB7B99">
+    <w:p>
       <w:pPr>
         <w:ind w:firstLine="0"/>
+        <w:rPr/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="32565890" w14:textId="27EE9B04" w:rsidR="002364E4" w:rsidRPr="003E3683" w:rsidRDefault="002364E4" w:rsidP="002364E4">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...68 lines deleted...]
-    <w:p w14:paraId="31CC6F33" w14:textId="613F1BEA" w:rsidR="002364E4" w:rsidRPr="003E3683" w:rsidRDefault="00BC044E" w:rsidP="005C668E">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. سورۀ ابراهیم (14) آیۀ 35 و 36:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...230 lines deleted...]
-        <w:t>» (محقق)</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«به‌ياد آور زمانى كه ابراهيم گفت: ”پروردگارا! اين شهر را امن گردان و من و فرزندانم را از اينكه بُتان را عبادت كنيم بر كنار دار. پروردگارا! اينان بسيارى از مردم را گمراه كرده‏اند، پس هركه مرا پيروى كند، از من است و هر كه مرا عصیان كند، پس به‌درستى كه امر آنها به‌دست توست و تو آمرزنده و مهربانى.“» (محقق)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="1A972DD6" w14:textId="5E129663" w:rsidR="002364E4" w:rsidRPr="003E3683" w:rsidRDefault="002364E4" w:rsidP="002364E4">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...61 lines deleted...]
-    <w:p w14:paraId="34C61E4B" w14:textId="4145773F" w:rsidR="002364E4" w:rsidRPr="003E3683" w:rsidRDefault="002364E4" w:rsidP="00FC665C">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. سورۀ بقره (2) آیۀ 127 و 128؛ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">معادشناسى</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ج ‏7، ص 135:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...124 lines deleted...]
-    <w:p w14:paraId="2F84FBE3" w14:textId="77777777" w:rsidR="002364E4" w:rsidRPr="003E3683" w:rsidRDefault="002364E4" w:rsidP="002364E4">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«و ياد بياور آن زمانى را كه ابراهيم پايه‏هاى بيت‌الله را مى‏چيد، و ديوارها را بالا مى‏آورد و اسمعيل با او همكار بود؛ چنين مى‏گفتند: ”اى پروردگار ما! از ما بپذير و قبول فرما، به‌درستى كه حقّاً تو شنوا و دانا هستى!“»</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...31 lines deleted...]
-    <w:p w14:paraId="7BAB4160" w14:textId="51604343" w:rsidR="002364E4" w:rsidRPr="003E3683" w:rsidRDefault="002364E4" w:rsidP="002364E4">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نور ملکوت قرآن</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ج 2، ص 214:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...83 lines deleted...]
-        <w:t xml:space="preserve"> و عطف رحمت دارى!»</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«بار پروردگارا! ما دو نفر را از تسليم‏شدگان امر خودت قرار بده و از ذرّيّه و نسل ما جماعتى را كه از تسليم‏شدگان امر تو باشند قرار بده! و دستورات عبادى را در حجّ و غير آن به ما نشان بده! و نظر عطف و توجّه خاصّت را به ما معطوف دار، به‌درستى كه حقّا تویى كه نظر عنايت و عطف رحمت دارى!»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="028EF305" w14:textId="01FADFAA" w:rsidR="002364E4" w:rsidRPr="003E3683" w:rsidRDefault="002364E4">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> 61.</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. سورۀ انبياء (21) آيۀ 61.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="5886FB88" w14:textId="553D0D26" w:rsidR="002364E4" w:rsidRPr="003E3683" w:rsidRDefault="002364E4" w:rsidP="002364E4">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...93 lines deleted...]
-    <w:p w14:paraId="7B7EE5BF" w14:textId="1E449FC8" w:rsidR="002364E4" w:rsidRPr="003E3683" w:rsidRDefault="002364E4" w:rsidP="00AA3C74">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. سورۀ أنبیاء (21) آیۀ 64؛ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">افق وحی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ص 585:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...24 lines deleted...]
-        <w:t>»</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«پس به خود مراجعه كردند و در ضمير خود به خويش خطاب كردند و گفتند: شما از ستمكاران مى‏باشيد.»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="5">
-    <w:p w14:paraId="6DE0A693" w14:textId="20D2AFEC" w:rsidR="002364E4" w:rsidRPr="003E3683" w:rsidRDefault="002364E4" w:rsidP="002364E4">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...3 lines deleted...]
-          <w:rtl/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">. سورۀ حج (22) آیۀ 73؛ </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...17 lines deleted...]
-    <w:p w14:paraId="58C2BFB3" w14:textId="67A4282F" w:rsidR="002364E4" w:rsidRPr="003E3683" w:rsidRDefault="002364E4" w:rsidP="002364E4">
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نور ملکوت قرآن</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ج 4، ص 314:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:t>آن كسانى را كه شما جز خدا پرستش مى‏كنيد، نمى‏توانند مگسى بيافرينند؛ گرچه همه آنها بر آفرينش آن مگس جمع شوند. و اگر آن مگس از آنان چيزى را بربايد، نمى‏توانند از آن مگس بگيرند. پس هم طالب كه پرستش‏كننده باشد ضعيف است، و هم مطلوب كه پرستيده شده باشد ضعيف است.»</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«آن كسانى را كه شما جز خدا پرستش مى‏كنيد، نمى‏توانند مگسى بيافرينند؛ گرچه همه آنها بر آفرينش آن مگس جمع شوند. و اگر آن مگس از آنان چيزى را بربايد، نمى‏توانند از آن مگس بگيرند. پس هم طالب كه پرستش‏كننده باشد ضعيف است، و هم مطلوب كه پرستيده شده باشد ضعيف است.»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="6">
-    <w:p w14:paraId="58D45092" w14:textId="0A2870DA" w:rsidR="00100D1E" w:rsidRPr="003E3683" w:rsidRDefault="00100D1E" w:rsidP="00EF61EC">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...80 lines deleted...]
-    <w:p w14:paraId="0EDA82CD" w14:textId="05C9D62A" w:rsidR="00100D1E" w:rsidRPr="003E3683" w:rsidRDefault="00100D1E" w:rsidP="00D64C5C">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. سورۀ زمر(39) آیۀ 3؛ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الله‌شناسى</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ج ‏2، ص 224:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...46 lines deleted...]
-        <w:t>سبب آنكه ما را به خدا نزديك كنند.»</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«ما بت‌ها را نمى‏پرستيم مگر به‌سبب آنكه ما را به خدا نزديك كنند.»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="7">
-    <w:p w14:paraId="51A10B14" w14:textId="4F4347FF" w:rsidR="00B33BED" w:rsidRPr="003E3683" w:rsidRDefault="00B33BED">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...34 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...112 lines deleted...]
-        <w:t>.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. حالا ما به صحیح یا سقیم بودنش کار نداریم، ولی در هر صورت این هست.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="8">
-    <w:p w14:paraId="274C5AB1" w14:textId="1895F01D" w:rsidR="00100D1E" w:rsidRPr="003E3683" w:rsidRDefault="00100D1E">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...3 lines deleted...]
-          <w:rtl/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...14 lines deleted...]
-        <w:t>، ج 2، ص 580.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">مصباح المتهجد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ج 2، ص 580.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="9">
-    <w:p w14:paraId="5E823BAF" w14:textId="1980D53D" w:rsidR="00100D1E" w:rsidRPr="003E3683" w:rsidRDefault="00100D1E" w:rsidP="00100D1E">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...12 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CB058C" w:rsidRPr="00CB058C">
-[...35 lines deleted...]
-    <w:p w14:paraId="34BF70DD" w14:textId="5C74ACD1" w:rsidR="00100D1E" w:rsidRPr="003E3683" w:rsidRDefault="00100D1E" w:rsidP="005F1DF2">
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. سورۀ آل عمران (3) آیۀ 26؛ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نور ملکوت قرآن</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ج1، ص 229:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...134 lines deleted...]
-        <w:t>»</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«بگو (اى پيغمبر): ”بار پروردگارا! تو هستى كه فقط صاحب قدرت و پادشاهى هستى و فرمان و امر و صاحب اختيارى و تسلط بر نفوس و سيطره بر جميع عالم از آن توست! پادشاهى و قدرت را تو به هر كه خواهى مي‌دهى! و از هر كه بخواهى اين پادشاهى و قدرت را مي‌گيرى! و هر كس را كه بخواهى عزت مى‏بخشى! و هر كس را كه بخواهى ذليل مى‏نمایى. خير و بركت و رحمت هرچه هست، و هرجا كه هست، اختصاص به تو دارد؛ و حقّاً و حقيقةً تو بر هر چيز قدرت دارى!“»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="10">
-    <w:p w14:paraId="680A5C5F" w14:textId="68FB2235" w:rsidR="009C0B70" w:rsidRPr="003E3683" w:rsidRDefault="009C0B70">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...16 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. حدود: مرزها (جمع حَد).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="11">
-    <w:p w14:paraId="42DA87E3" w14:textId="77777777" w:rsidR="00100D1E" w:rsidRPr="003E3683" w:rsidRDefault="00100D1E" w:rsidP="00100D1E">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-          <w:color w:val="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FootnoteReference"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نور ملکوت قرآن</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ج 4، ص 297:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«اين روايت را از مرحوم پدرم شنيده‏ام. و در </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">كلمة الله</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> طبع اوّل، دار الصّادق- بيروت، ص 180، حديث شمارۀ 210 آورده است. و در ص 546 گويد: ”اين حديث به‌طور مرسل وارد شده است.“ و امّا حديث ديگرى قبل از اين به شمارۀ 109 آورده است كه: ”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يقُولُ اللَهُ عَزَّ وَ جَلَّ: إذا عَصانى مِنْ خَلْقى مَنْ يعْرفُنى، سَلَّطْتُ عَلَيْهِ مَنْ لا يعْرفُنى.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“ و در ص 545 و 546 با سه سند ذكر كرده است:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">كافى</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> مسنداً از حضرت امام جعفر صادق عليه السّلام.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">إرشاد القلوب</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ديلمى.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">امالى</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> صدوق مسنداً از حضرت امام علىّ بن الحسين السّجّاد عليهما السّلام.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="FootnoteText"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">و مجلسى (ره) در </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">بحار الأنوار</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> طبع حروفى اسلاميّه، ج 75، ص 313، از </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ثواب الأعمال</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> صدوق مسنداً از حضرت امام محمّدباقر عليه السّلام آورده است كه: ”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="RevayatArabi"/>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">قال: قالَ: ما انْتَصَرَ اللَهُ إلّا بِظَالِمٍ؛ وَ ذَلِكَ قَوْلُهُ عَزَّ وَ جَلَّ: وَ كَذَلِكَ نُوَلّى بَعْضَ الظَّالِمِينَ بَعْضًا“ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ثواب الأعمال</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...405 lines deleted...]
-        <w:t>.»</w:t>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ص 244).»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="12">
-    <w:p w14:paraId="5DE64BDF" w14:textId="0BE02225" w:rsidR="00130502" w:rsidRPr="003E3683" w:rsidRDefault="00100D1E" w:rsidP="00B968F0">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...28 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00130502" w:rsidRPr="003E3683">
-[...17 lines deleted...]
-    <w:p w14:paraId="1483BCD3" w14:textId="66F997C8" w:rsidR="00100D1E" w:rsidRPr="003E3683" w:rsidRDefault="00130502" w:rsidP="00130502">
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. سورۀ اخلاص (112)؛ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">معادشناسی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ج 5، ص 14:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:t>بگو اوست كه در ذات و صفات، احديّت دارد. و او به پاى خود استوار و بى نياز از جميع موجودات است. موجودات از او بيرون نيامده‏اند و خود او نيز بيرون‏آمده از چيزى نيست؛ و هيچ فردى براى او شريك و انباز نيست.»</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«بگو اوست كه در ذات و صفات، احديّت دارد. و او به پاى خود استوار و بى نياز از جميع موجودات است. موجودات از او بيرون نيامده‏اند و خود او نيز بيرون‏آمده از چيزى نيست؛ و هيچ فردى براى او شريك و انباز نيست.»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="13">
-    <w:p w14:paraId="61E466D6" w14:textId="07BADA1A" w:rsidR="00130502" w:rsidRPr="003E3683" w:rsidRDefault="00130502">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...3 lines deleted...]
-          <w:rtl/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...14 lines deleted...]
-        <w:t>، ص 206 ـ 208.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">روح مجرد</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ص 206 ـ 208.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="14">
-    <w:p w14:paraId="3CD6E654" w14:textId="77777777" w:rsidR="002B6398" w:rsidRPr="003E3683" w:rsidRDefault="002B6398">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...66 lines deleted...]
-        <w:t>)، غزل 142.</w:t>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. دیوان حافظ (قزوینی)، غزل 142.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="15">
-    <w:p w14:paraId="4F3555D6" w14:textId="1F4BAE8A" w:rsidR="00130502" w:rsidRPr="003E3683" w:rsidRDefault="00130502" w:rsidP="00130502">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:spacing w:line="240" w:lineRule="auto"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...3 lines deleted...]
-          <w:rtl/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">. سورۀ مائده (5) آیۀ 110: </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...156 lines deleted...]
-    <w:p w14:paraId="4C2AC7B6" w14:textId="77777777" w:rsidR="00130502" w:rsidRPr="003E3683" w:rsidRDefault="00130502" w:rsidP="00130502">
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">﴿وَإِذۡ تَخۡلُقُ مِنَ ٱلطِّينِ كَهَيۡ‍َٔةِ ٱلطَّيۡرِ بِإِذۡنِي فَتَنفُخُ فِيهَا فَتَكُونُ طَيۡرَۢا بِإِذۡنِي وَتُبۡرِئُ ٱلۡأَكۡمَهَ وَٱلۡأَبۡرَصَ بِإِذۡنِي وَإِذۡ تُخۡرِجُ ٱلۡمَوۡتَىٰ بِإِذۡنِي﴾</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="2D6FB822" w14:textId="095092E2" w:rsidR="00130502" w:rsidRPr="003E3683" w:rsidRDefault="00130502" w:rsidP="00A02407">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نور ملکوت قرآن</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ج 2، ص 111:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...38 lines deleted...]
-        <w:t xml:space="preserve"> من، و در آن مى‏دميدى ناگهان پرنده‏اى زنده مى‏شد با اجازه من، و زمانى را كه كور مادرزاد و مريض مبتلا به پيسى را شفا مى‏دادى با اجازه من، و زمانى كه مردگان را از ميان قبرهايشان بيرون مى‏آوردى و زنده مى‏نمودى! با اجازه من.»</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«اى عيسى! ياد بياور زمانى را كه از گِل مانند مجسّمه و شكل پرنده مى‏ساختى با اجازۀ من، و در آن مى‏دميدى ناگهان پرنده‏اى زنده مى‏شد با اجازه من، و زمانى را كه كور مادرزاد و مريض مبتلا به پيسى را شفا مى‏دادى با اجازه من، و زمانى كه مردگان را از ميان قبرهايشان بيرون مى‏آوردى و زنده مى‏نمودى! با اجازه من.»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="16">
-    <w:p w14:paraId="0DE69650" w14:textId="77777777" w:rsidR="0045401B" w:rsidRPr="003E3683" w:rsidRDefault="0045401B" w:rsidP="0045401B">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...3 lines deleted...]
-          <w:rtl/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
         </w:rPr>
         <w:t xml:space="preserve">. سورۀ نحل (16) آیۀ 78؛ </w:t>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...17 lines deleted...]
-    <w:p w14:paraId="62214504" w14:textId="77777777" w:rsidR="0045401B" w:rsidRPr="003E3683" w:rsidRDefault="0045401B" w:rsidP="0045401B">
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">نور ملکوت قرآن</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ج 4، ص 71:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...31 lines deleted...]
-        <w:t>د.»</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«و خداوند شما را از شكم‌هاى مادرهايتان بيرون آورد درحالى‏كه هيچ نمى‏دانستيد.»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="17">
-    <w:p w14:paraId="000C5BB8" w14:textId="559BEB84" w:rsidR="00130502" w:rsidRPr="003E3683" w:rsidRDefault="00130502" w:rsidP="00665685">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...41 lines deleted...]
-    <w:p w14:paraId="2E002EC6" w14:textId="1D856FCD" w:rsidR="00130502" w:rsidRPr="003E3683" w:rsidRDefault="00130502" w:rsidP="00AA07CF">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. سورۀ نجم (53) آیۀ 43 ـ 45؛ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">افق وحی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ص 69:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...76 lines deleted...]
-        <w:t>.»</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«و به‌درستى كه خداست كه مى‏خنداند و مى‏گرياند. و به‌درستى كه خداست كه مى‏ميراند و زنده مى‏گرداند. و به‌درستى كه خداست كه دو موجود مذكّر و مونّث را خلق مى‏نمايد.»</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="18">
-    <w:p w14:paraId="3A4FB13E" w14:textId="77777777" w:rsidR="00807B58" w:rsidRPr="003E3683" w:rsidRDefault="00807B58" w:rsidP="00807B58">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...68 lines deleted...]
-    <w:p w14:paraId="40F20E1D" w14:textId="3172E4FB" w:rsidR="00807B58" w:rsidRPr="003E3683" w:rsidRDefault="00807B58" w:rsidP="00807B58">
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. سورۀ ابراهیم (14) آیۀ 36:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...16 lines deleted...]
-        <w:t>پروردگارا! اينان بسيارى از مردم را گمراه كرده‏اند» (محقق)</w:t>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«پروردگارا! اينان بسيارى از مردم را گمراه كرده‏اند» (محقق)</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="19">
-    <w:p w14:paraId="4BE5C9F4" w14:textId="5688EC69" w:rsidR="00807B58" w:rsidRPr="003E3683" w:rsidRDefault="00807B58" w:rsidP="00761282">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="003E3683">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
-          <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="003E3683">
-[...2 lines deleted...]
-          <w:color w:val="auto"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rtl w:val="0"/>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الفتوحات المکیة</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rtl/>
-        </w:rPr>
-[...33 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="fa-IR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">، ج 1، ص 199 (با قدری اختلاف).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...244 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="FFFFFF7C"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="9D38F42C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7D"/>
+  <w:abstractNum w:abstractNumId="3">
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="2CC27AAC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1209"/>
         </w:tabs>
         <w:ind w:left="1209" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7E"/>
+  <w:abstractNum w:abstractNumId="4">
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="5A9A4868"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="926"/>
         </w:tabs>
         <w:ind w:left="926" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF7F"/>
+  <w:abstractNum w:abstractNumId="5">
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="4A3898A4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="643"/>
         </w:tabs>
         <w:ind w:left="643" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF80"/>
+  <w:abstractNum w:abstractNumId="6">
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="520884E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1209"/>
+        </w:tabs>
+        <w:ind w:left="1209" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8">
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="926"/>
+        </w:tabs>
+        <w:ind w:left="926" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="643"/>
+        </w:tabs>
+        <w:ind w:left="643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="663696D8"/>
+  <w:abstractNum w:abstractNumId="12">
+    <w:multiLevelType w:val="multilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...10 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...2 lines deleted...]
-    <w:tmpl w:val="EB0E03BA"/>
+  <w:abstractNum w:abstractNumId="13">
+    <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...39 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...174 lines deleted...]
-      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="25212A42"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6ADC0352"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1-"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="Ü"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+        <w:rFonts w:ascii="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:position w:val="0"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="792"/>
+        </w:tabs>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="48"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3314511C"/>
+  <w:abstractNum w:abstractNumId="21">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="812269D6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="Article %1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimalZero"/>
       <w:isLgl/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="Section %1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="(%3)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="432"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="(%4)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="864" w:hanging="144"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1008" w:hanging="432"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%6)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1152" w:hanging="432"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%7)"/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1296" w:hanging="288"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="432"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="1584" w:hanging="144"/>
       </w:pPr>
+      <w:rPr/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-[...757 lines deleted...]
-    <w:nsid w:val="6AAB7907"/>
+  <w:abstractNum w:abstractNumId="23">
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="746EFE86"/>
     <w:lvl w:ilvl="0">
-      <w:start w:val="1"/>
-[...9 lines deleted...]
-    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="2">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="3">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="4">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="5">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="6">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="7">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...4 lines deleted...]
-    <w:lvl w:ilvl="8">
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...2 lines deleted...]
-      </w:pPr>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6E4B1510"/>
+  <w:abstractNum w:abstractNumId="24">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C814195E"/>
-[...12 lines deleted...]
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
-    </w:lvl>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="700083265">
+  <w:abstractNum w:abstractNumId="25">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="792"/>
+        </w:tabs>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="Article %1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimalZero"/>
+      <w:isLgl/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="Section %1.%2"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="864"/>
+        </w:tabs>
+        <w:ind w:left="864" w:hanging="144"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1008"/>
+        </w:tabs>
+        <w:ind w:left="1008" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1152"/>
+        </w:tabs>
+        <w:ind w:left="1152" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7)"/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1296"/>
+        </w:tabs>
+        <w:ind w:left="1296" w:hanging="288"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1584"/>
+        </w:tabs>
+        <w:ind w:left="1584" w:hanging="144"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1287"/>
+        </w:tabs>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2007"/>
+        </w:tabs>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2727"/>
+        </w:tabs>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3447"/>
+        </w:tabs>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4167"/>
+        </w:tabs>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4887"/>
+        </w:tabs>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5607"/>
+        </w:tabs>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6327"/>
+        </w:tabs>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7047"/>
+        </w:tabs>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1287"/>
+        </w:tabs>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2007"/>
+        </w:tabs>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2727"/>
+        </w:tabs>
+        <w:ind w:left="2727" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3447"/>
+        </w:tabs>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4167"/>
+        </w:tabs>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4887"/>
+        </w:tabs>
+        <w:ind w:left="4887" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5607"/>
+        </w:tabs>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6327"/>
+        </w:tabs>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="7047"/>
+        </w:tabs>
+        <w:ind w:left="7047" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="792" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1224" w:hanging="504"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1728" w:hanging="648"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2232" w:hanging="792"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2736" w:hanging="936"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3744" w:hanging="1224"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="none"/>
+      <w:suff w:val="nothing"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40">
+    <w:multiLevelType w:val="multilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%4)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%5)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="(%6)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41">
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+      <w:rPr/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="23">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1377120862">
-[...128 lines deleted...]
-  <w:num w:numId="36" w16cid:durableId="776366004">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="619916444">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="38" w16cid:durableId="690565669">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="39" w16cid:durableId="408505269">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="40" w16cid:durableId="983775592">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="41" w16cid:durableId="110590256">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="42" w16cid:durableId="484204733">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="31">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="42">
+    <w:abstractNumId w:val="41"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...2 lines deleted...]
-  <w:hideGrammaticalErrors/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="120"/>
+  <w:embedTrueTypeFonts/>
+  <w:bordersDoNotSurroundFooter/>
+  <w:bordersDoNotSurroundHeader/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-[...1 lines deleted...]
-  <w:documentProtection w:formatting="1" w:enforcement="0"/>
+  <w:doNotTrackMoves/>
+  <w:documentProtection w:edit="trackedChanges" w:enforcement="0"/>
   <w:styleLockQFSet/>
   <w:defaultTabStop w:val="720"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
-    <w:pos w:val="beneathText"/>
+    <w:pos w:val="pageBottom"/>
+    <w:numFmt w:val="decimal"/>
     <w:numRestart w:val="eachPage"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
-  <w:endnotePr>
-[...2 lines deleted...]
-  </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...5566 lines deleted...]
-  </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
-    <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
+    <m:preSp m:val="0"/>
+    <m:postSp m:val="0"/>
+    <m:interSp m:val="0"/>
+    <m:intraSp m:val="0"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
-[...6 lines deleted...]
-  </w:shapeDefaults>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="538C73AC"/>
-  <w15:docId w15:val="{CD0574DD-65F7-42F3-9A63-641655F52A69}"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="_F Asrar" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="宋体" w:hAnsi="Calibri" w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cs="Arial" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-    <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="1" w:qFormat="1"/>
-[...9 lines deleted...]
-    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:locked="0" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="29" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:locked="0" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="footnote text" w:locked="0" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:locked="0" w:semiHidden="1" w:uiPriority="8" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:locked="0" w:semiHidden="1" w:uiPriority="8" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:locked="0" w:semiHidden="1" w:uiPriority="19" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:locked="0" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:locked="0" w:semiHidden="1" w:uiPriority="3" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:locked="0" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
@@ -75091,1619 +7989,1932 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="39"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="39"/>
     <w:lsdException w:name="Book Title" w:uiPriority="39"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:locked="0" w:uiPriority="41"/>
-[...107 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:locked="0" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
-    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="009E4FEE"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="6804"/>
       </w:tabs>
       <w:bidi/>
       <w:spacing w:after="0" w:line="228" w:lineRule="auto"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:color w:val="0000FF"/>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
-    <w:name w:val="heading 1"/>
+    <w:name w:val="Heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="6"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
-      <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="567" w:firstLine="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="40"/>
-      <w:szCs w:val="40"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
-    <w:name w:val="heading 2"/>
+    <w:name w:val="Heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading2Char"/>
-    <w:uiPriority w:val="6"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="009471F6"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="240" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="567" w:right="567" w:firstLine="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="32"/>
+      <w:color w:val="002D86"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
-    <w:name w:val="heading 3"/>
+    <w:name w:val="Heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading3Char"/>
-    <w:uiPriority w:val="6"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00FF2A7F"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="360" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="567" w:right="567" w:firstLine="0"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="36"/>
-      <w:szCs w:val="36"/>
+      <w:color w:val="002D86"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
-    <w:name w:val="heading 4"/>
+    <w:name w:val="Heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading4Char"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
-      <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
-    <w:name w:val="heading 5"/>
+    <w:name w:val="Heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading5Char"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="567" w:right="567" w:firstLine="0"/>
+      <w:ind w:firstLine="1021"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+      <w:i/>
+      <w:iCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
+      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
-    <w:name w:val="heading 6"/>
+    <w:name w:val="Heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading6Char"/>
-    <w:uiPriority w:val="6"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6804"/>
+      </w:tabs>
       <w:spacing w:before="200" w:after="160" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="20"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
-    <w:name w:val="heading 7"/>
+    <w:name w:val="Heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading7Char"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
-      <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
-      <w:ind w:left="567" w:right="567" w:firstLine="0"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6804"/>
+      </w:tabs>
+      <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
-    <w:name w:val="heading 8"/>
+    <w:name w:val="Heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading8Char"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
-      <w:ind w:firstLine="0"/>
-      <w:jc w:val="center"/>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6804"/>
+      </w:tabs>
+      <w:jc w:val="left"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
-      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
-    <w:name w:val="heading 9"/>
+    <w:name w:val="Heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading9Char"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:keepNext/>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6804"/>
+      </w:tabs>
       <w:ind w:firstLine="0"/>
+      <w:jc w:val="left"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
-[...4 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
-    <w:uiPriority w:val="6"/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:rPr>
-      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="40"/>
-      <w:szCs w:val="40"/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="009471F6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="002D86"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00FF2A7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="002D86"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="20"/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
-    <w:name w:val="footnote reference"/>
+    <w:name w:val="Footnote Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:rPr>
-      <w:rFonts w:ascii="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:rFonts w:ascii="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="auto"/>
       <w:vertAlign w:val="superscript"/>
-      <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
-    <w:name w:val="footnote text"/>
+    <w:name w:val="Footnote Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="FootnoteTextChar"/>
-    <w:uiPriority w:val="1"/>
+    <w:uiPriority w:val="3"/>
     <w:qFormat/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
-    <w:name w:val="header"/>
+    <w:name w:val="Header"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="00915B68"/>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="19"/>
+    <w:rsid w:val="00915B68"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
-      <w:pBdr>
-[...3 lines deleted...]
-      <w:ind w:firstLine="0"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6804"/>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
+      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatFarsi">
-    <w:name w:val="Revayat Farsi"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:qFormat/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:link w:val="TOC1"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00714EC4"/>
     <w:rPr>
-      <w:b/>
-[...1 lines deleted...]
-      <w:lang w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-[...9 lines deleted...]
-    </w:pPr>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:rPr>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="22"/>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC5">
-    <w:name w:val="toc 5"/>
+    <w:name w:val="TOC 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
-      <w:ind w:left="1134" w:right="284"/>
+      <w:ind w:left="1134" w:right="284" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:iCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:kern w:val="20"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
-    <w:name w:val="toc 1"/>
+    <w:name w:val="TOC 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00E46E32"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="80" w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="567" w:right="397" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:bCs/>
+      <w:color w:val="000000"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOC2">
+    <w:name w:val="TOC 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:widowControl/>
-      <w:spacing w:before="120" w:after="80" w:line="216" w:lineRule="auto"/>
-      <w:ind w:left="567" w:right="397"/>
+      <w:spacing w:before="120"/>
+      <w:ind w:right="397" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
-    <w:name w:val="toc 2"/>
+  <w:style w:type="paragraph" w:styleId="TOC3">
+    <w:name w:val="TOC 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
-      <w:spacing w:before="120"/>
-[...15 lines deleted...]
-    <w:pPr>
+      <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC6">
-    <w:name w:val="toc 6"/>
+    <w:name w:val="TOC 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="6804"/>
       </w:tabs>
       <w:spacing w:line="216" w:lineRule="auto"/>
-      <w:ind w:right="340"/>
+      <w:ind w:right="340" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC4">
-    <w:name w:val="toc 4"/>
+    <w:name w:val="TOC 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
-      <w:ind w:left="851" w:right="284"/>
+      <w:ind w:left="851" w:right="284" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC7">
-    <w:name w:val="toc 7"/>
+    <w:name w:val="TOC 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="6804"/>
       </w:tabs>
-      <w:ind w:left="284" w:right="284"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="TOC8">
-    <w:name w:val="toc 8"/>
+    <w:name w:val="TOC 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
-    <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
-      <w:ind w:left="1680"/>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6804"/>
+      </w:tabs>
+      <w:ind w:left="1680" w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
+      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC9">
-    <w:name w:val="toc 9"/>
+    <w:name w:val="TOC 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
-    <w:uiPriority w:val="9"/>
+    <w:uiPriority w:val="29"/>
     <w:locked/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
-      <w:ind w:left="1920"/>
+      <w:widowControl/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6804"/>
+      </w:tabs>
+      <w:ind w:left="1920" w:firstLine="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
+      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:locked/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:rPr>
-      <w:rFonts w:ascii="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:rFonts w:ascii="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
-      <w:lang w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00912373"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="MohemArabi">
-[...12 lines deleted...]
-    <w:name w:val="Ayeh"/>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:qFormat/>
-[...183 lines deleted...]
-    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="22"/>
     <w:locked/>
-    <w:rsid w:val="00E46E32"/>
-[...157 lines deleted...]
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00912373"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...3 lines deleted...]
-    <w:uiPriority w:val="99"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId=".1">
+    <w:name w:val=".1"/>
     <w:semiHidden/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00912373"/>
     <w:rPr>
-      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:spacing w:val="-2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FahareseAmmeh++">
+    <w:name w:val="Faharese Ammeh ++"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="20"/>
-      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
-[...4 lines deleted...]
-    <w:rsid w:val="00B47EA9"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FahareseAmmeh++Char">
+    <w:name w:val="Faharese Ammeh ++ Char"/>
+    <w:basedOn w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00714EC4"/>
     <w:rPr>
-      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
-[...10 lines deleted...]
-      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FootnoteTextA++">
+    <w:name w:val="Footnote TextA ++"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Anvar" w:eastAsia="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextA++Char">
+    <w:name w:val="Footnote TextA ++ Char"/>
+    <w:basedOn w:val="FootnoteTextChar"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Anvar" w:eastAsia="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholArabiMatn++">
+    <w:name w:val="Naghleghol Arabi Matn ++"/>
+    <w:basedOn w:val="NormalA++"/>
     <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
       <w:spacing w:line="216" w:lineRule="auto"/>
       <w:ind w:left="1134" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-    <w:name w:val="Footer Char"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NaghlegholArabiMatn++Char">
+    <w:name w:val="Naghleghol Arabi Matn ++ Char"/>
+    <w:basedOn w:val="NormalA++Char"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholArabiPavaraghi++">
+    <w:name w:val="Naghleghol Arabi Pavaraghi ++"/>
+    <w:basedOn w:val="NaghlegholArabiMatn++"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NaghlegholArabiPavaraghi++Char">
+    <w:name w:val="Naghleghol Arabi Pavaraghi ++ Char"/>
+    <w:basedOn w:val="NaghlegholArabiMatn++Char"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholFarsiMatn++">
+    <w:name w:val="Naghleghol Farsi Matn ++"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00714EC4"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NaghlegholFarsiMatn++Char">
+    <w:name w:val="Naghleghol Farsi Matn ++ Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="2"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholFarsiPavaraghi++">
+    <w:name w:val="Naghleghol Farsi Pavaraghi ++"/>
+    <w:basedOn w:val="NaghlegholFarsiMatn++"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NaghlegholFarsiPavaraghi++Char">
+    <w:name w:val="Naghleghol Farsi Pavaraghi ++ Char"/>
+    <w:basedOn w:val="NaghlegholFarsiMatn++Char"/>
+    <w:uiPriority w:val="3"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NormalA++">
+    <w:name w:val="NormalA ++"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NormalA++Char">
+    <w:name w:val="NormalA ++ Char"/>
+    <w:locked/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi++">
+    <w:name w:val="Revayat Arabi ++"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="auto"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiMatn++">
+    <w:name w:val="Revayat Farsi Matn ++"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatFarsiMatn++Char">
+    <w:name w:val="Revayat Farsi Matn ++ Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="27"/>
+      <w:szCs w:val="27"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiNaghleghol++">
+    <w:name w:val="Revayat Farsi Naghleghol ++"/>
+    <w:basedOn w:val="RevayatFarsiMatn++"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00714EC4"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="25"/>
+      <w:szCs w:val="25"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatFarsiNaghleghol++Char">
+    <w:name w:val="Revayat Farsi Naghleghol ++ Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="25"/>
+      <w:szCs w:val="25"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatFarsiPavaraghi++">
+    <w:name w:val="Revayat Farsi Pavaraghi ++"/>
+    <w:basedOn w:val="RevayatFarsiMatn++"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00714EC4"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatFarsiPavaraghi++Char">
+    <w:name w:val="Revayat Farsi Pavaraghi ++ Char"/>
+    <w:basedOn w:val="RevayatFarsiMatn++Char"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00714EC4"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi++">
+    <w:name w:val="Vasat Chin Farsi ++"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="8"/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00414928"/>
+    <w:pPr>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiMatn++">
+    <w:name w:val="Ashaar Arabi Matn ++"/>
+    <w:basedOn w:val="NormalA++"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="009471F6"/>
+    <w:pPr>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiNaghleghol++">
+    <w:name w:val="Ashaar Arabi Naghleghol ++"/>
+    <w:basedOn w:val="NormalA++"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00414928"/>
+    <w:pPr>
+      <w:ind w:left="1134" w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarArabiPavaraghi++">
+    <w:name w:val="Ashaar Arabi Pavaraghi ++"/>
+    <w:basedOn w:val="FootnoteTextA++"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E8177B"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading6(-)">
+    <w:name w:val="Heading 6 (-)"/>
+    <w:basedOn w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00714EC4"/>
     <w:rPr>
-      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:rFonts w:eastAsia="Times New Roman"/>
+      <w:b w:val="0"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-    <w:name w:val="Header Char"/>
+  <w:style w:type="character" w:styleId="CommentReference">
+    <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00B47EA9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:locked/>
     <w:rPr>
-      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
-[...2 lines deleted...]
-    <w:uiPriority w:val="4"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ayat2Matn++">
+    <w:name w:val="Ayat 2 Matn ++"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00FF2A7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_Quraan" w:hAnsi="_Quraan" w:cs="_Quraan"/>
+      <w:color w:val="006800"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ayat2Naghleghol++">
+    <w:name w:val="Ayat 2 Naghleghol ++"/>
+    <w:basedOn w:val="Ayat2Matn++"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00414928"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_Quraan" w:hAnsi="_Quraan" w:cs="_Quraan"/>
+      <w:color w:val="006800"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ayat2Pavaraghi++">
+    <w:name w:val="Ayat 2 Pavaraghi ++"/>
+    <w:basedOn w:val="Ayat2Matn++"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="009471F6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_Quraan" w:hAnsi="_Quraan" w:cs="_Quraan"/>
+      <w:color w:val="006800"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:locked/>
+    <w:rsid w:val="00714EC4"/>
     <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="right"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="_F Anvar"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:locked/>
+    <w:rsid w:val="00A535C2"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="AshaarArabiMatn++"/>
+    <w:rsid w:val="00A535C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Index1">
+    <w:name w:val="Index 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:autoRedefine/>
+    <w:locked/>
+    <w:rsid w:val="00A535C2"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="6804"/>
+      </w:tabs>
+      <w:ind w:left="280" w:hanging="280"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatArabiPavaraghi++">
+    <w:name w:val="Revayat Arabi Pavaraghi ++"/>
+    <w:basedOn w:val="FootnoteTextA++"/>
+    <w:qFormat/>
+    <w:rsid w:val="000878F6"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabiPavaraghi++Char">
+    <w:name w:val="Revayat Arabi Pavaraghi ++ Char"/>
+    <w:basedOn w:val="FootnoteTextA++Char"/>
+    <w:rsid w:val="000878F6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Anvar" w:eastAsia="_A Anvar" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EnglishMatn++">
+    <w:name w:val="English Matn ++"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="000878F6"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EnglishMatn++Char">
+    <w:name w:val="English Matn ++ Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="000878F6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Englishpavaraghi++">
+    <w:name w:val="English pavaraghi ++"/>
+    <w:basedOn w:val="EnglishMatn++"/>
+    <w:qFormat/>
+    <w:rsid w:val="000878F6"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RevayatArabiNaghleghol">
+    <w:name w:val="Revayat Arabi Naghleghol"/>
+    <w:basedOn w:val="NaghlegholArabiMatn++"/>
+    <w:qFormat/>
+    <w:rsid w:val="00163F45"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EnglishNaghleghol">
+    <w:name w:val="English Naghleghol"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00470973"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabiNaghlegholChar">
+    <w:name w:val="Revayat Arabi Naghleghol Char"/>
+    <w:basedOn w:val="NaghlegholArabiMatn++Char"/>
+    <w:rsid w:val="00163F45"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Anvar" w:eastAsia="Times New Roman" w:hAnsi="_A Anvar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EnglishNaghlegholChar">
+    <w:name w:val="English Naghleghol Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00470973"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinArabi++">
+    <w:name w:val="Vasat Chin Arabi ++"/>
+    <w:basedOn w:val="NormalA++"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00414928"/>
+    <w:pPr>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiMatn++">
+    <w:name w:val="Ashaar Farsi Matn ++"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="6"/>
+    <w:qFormat/>
+    <w:rsid w:val="009471F6"/>
+    <w:pPr>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiNaghleghol++">
+    <w:name w:val="Ashaar Farsi Naghleghol ++"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00414928"/>
+    <w:pPr>
+      <w:ind w:left="1134" w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AshaarFarsiPavaraghi++">
+    <w:name w:val="Ashaar Farsi Pavaraghi ++"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:next w:val="Heading8Char"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="009471F6"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="39"/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:rsid w:val="00414928"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="6804"/>
+      </w:tabs>
+      <w:spacing w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="0"/>
       <w:contextualSpacing/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="宋体" w:hAnsi="Cambria" w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi"/>
       <w:bCs/>
+      <w:color w:val="9A0000"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
+      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Title"/>
-    <w:rsid w:val="00B47EA9"/>
+    <w:link w:val="RevayatFarsiNaghleghol++Char"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00414928"/>
     <w:rPr>
-      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
-      <w:b/>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="宋体" w:hAnsi="Cambria" w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cs="_F Anvar"/>
       <w:bCs/>
+      <w:color w:val="9A0000"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
+      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid1">
-[...3 lines deleted...]
-    <w:rsid w:val="00712405"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="EsmeKetab++">
+    <w:name w:val="Esme Ketab ++"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="001D0185"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="VasatChinFarsi++Char">
+    <w:name w:val="Vasat Chin Farsi ++ Char"/>
+    <w:uiPriority w:val="8"/>
+    <w:locked/>
+    <w:rsid w:val="00414928"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="AshaarFarsiMatn++Char">
+    <w:name w:val="Ashaar Farsi Matn ++ Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="6"/>
+    <w:rsid w:val="009471F6"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Englishpavaraghi++Char">
+    <w:name w:val="English pavaraghi ++ Char"/>
+    <w:basedOn w:val="EnglishMatn++Char"/>
+    <w:rsid w:val="00FF2A7F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Anvar" w:eastAsia="_F Anvar" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Hidden_MS_V1">
+    <w:name w:val="Hidden_MS_V1"/>
+    <w:uiPriority w:val="5"/>
+    <w:rsid w:val="00C9631E"/>
+    <w:rPr>
+      <w:color w:val="D6D4CA" w:themeColor="background2" w:themeShade="E6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="MatnVasatChin">
+    <w:name w:val="MatnVasatChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
-      <w:bidi/>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
-    <w:tblPr>
-[...13 lines deleted...]
-    <w:uiPriority w:val="20"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholMatn">
+    <w:name w:val="Naghleghol Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="2"/>
     <w:qFormat/>
-    <w:locked/>
-[...14 lines deleted...]
-    <w:rsid w:val="004B4B12"/>
+    <w:rsid w:val="006A46D0"/>
     <w:pPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:left="1134" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
-[...15 lines deleted...]
-      <w:szCs w:val="18"/>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinFarsi">
-    <w:name w:val="Vasat Chin Farsi ++"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NaghlegholPavaraghi">
+    <w:name w:val="Naghleghol Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="2"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+      <w:sz w:val="23"/>
+      <w:szCs w:val="23"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="RevayatArabi">
+    <w:name w:val="Revayat Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DE3DAB"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Anvar"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rMatn">
+    <w:name w:val="She'r Matn"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="VasatChinFarsiChar"/>
-    <w:uiPriority w:val="8"/>
+    <w:uiPriority w:val="4"/>
     <w:qFormat/>
-    <w:rsid w:val="00BB04F1"/>
+    <w:rsid w:val="00CF098B"/>
     <w:pPr>
-      <w:tabs>
-[...2 lines deleted...]
-      <w:bidi w:val="0"/>
       <w:ind w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="_F Anvar" w:eastAsia="Times New Roman" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
-[...1 lines deleted...]
-      <w:lang w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
+      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="VasatChinFarsiChar">
-[...4 lines deleted...]
-    <w:rsid w:val="00BB04F1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rNaghleghol">
+    <w:name w:val="She'r Naghleghol"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="4"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CF098B"/>
+    <w:pPr>
+      <w:spacing w:line="216" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="_F Anvar" w:eastAsia="Times New Roman" w:hAnsi="_F Anvar" w:cs="_F Anvar"/>
-[...1 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="666699"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:bidi="fa-IR"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="She'rPavaraghi">
+    <w:name w:val="She'r Pavaraghi"/>
+    <w:basedOn w:val="FootnoteText"/>
+    <w:uiPriority w:val="4"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:pPr>
+      <w:jc w:val="left"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="008080"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SoalMatn">
+    <w:name w:val="Soal Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="006A46D0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="3B3B38" w:themeColor="background2" w:themeShade="40"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Toggle_MS_V1">
+    <w:name w:val="Toggle_MS_V1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A67403"/>
+    <w:pPr>
+      <w:spacing w:before="120" w:after="120"/>
+      <w:ind w:left="284" w:right="284" w:firstLine="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="7B4B23" w:themeColor="accent6" w:themeShade="80"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Arabi">
+    <w:name w:val="Arabi"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E051F1"/>
+    <w:rPr>
+      <w:rFonts w:ascii="_A Asrar" w:eastAsia="_A Asrar" w:hAnsi="_A Asrar" w:cs="_A Asrar"/>
+      <w:color w:val="1F497D" w:themeColor="text2"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="VasatChinMatn">
+    <w:name w:val="VasatChin Matn"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E051F1"/>
+    <w:pPr>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapChin">
+    <w:name w:val="ChapChin"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="3"/>
+    <w:qFormat/>
+    <w:rsid w:val="00E051F1"/>
+    <w:pPr>
+      <w:jc w:val="right"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="_F Asrar" w:eastAsia="_F Asrar" w:hAnsi="_F Asrar" w:cs="_F Asrar"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
+    <w:div w:id="54159998">
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="79758352">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="187329520">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="301615879">
-      <w:bodyDiv w:val="1"/>
+    <w:div w:id="289478946">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="406267228">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="407927020">
-      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="569775819">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="794132338">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="964850321">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="971521056">
-      <w:bodyDiv w:val="1"/>
-[...12 lines deleted...]
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1071540716">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1159494460">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1181622686">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1200238293">
-      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1217547524">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1299339894">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1368096135">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1373850363">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1417290858">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1446268692">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1497920836">
-      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1527407030">
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1541280892">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1548907981">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1601526901">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1719281028">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1838377277">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1839274294">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2122870525">
-      <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
-  <w:relyOnVML/>
+  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /></Relationships>
+</file>
+
+<file path=word/_rels/footer3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maktabevahy.org/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -76947,285 +10158,136 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml" /></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+<file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C88F91C0CE0D17478FA27FD56FE60C39" ma:contentTypeVersion="2" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="d98ae2ba40eaa9f5087df780277d32c1">
-[...127 lines deleted...]
-</ct:contentTypeSchema>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Amin;Mohammad Reza</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
+  <cp:lastModifiedBy>sadek jomaa</cp:lastModifiedBy>
+  <cp:revision>19</cp:revision>
+  <cp:lastPrinted>2018-10-29T19:08:00Z</cp:lastPrinted>
+  <dcterms:created xsi:type="dcterms:W3CDTF">2019-09-22T15:42:00Z</dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF">2024-01-15T12:06:00Z</dcterms:modified>
+</cp:coreProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...60 lines deleted...]
-<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime></TotalTime>
-[...2 lines deleted...]
-  <Characters>23758</Characters>
+  <TotalTime>2720</TotalTime>
+  <Pages>1</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>197</Lines>
-  <Paragraphs>55</Paragraphs>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MohammadReza Template</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Majmaa</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27870</CharactersWithSpaces>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion>16.0000</AppVersion>
+</Properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="">
+  <ds:schemaRefs/>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C03CE746-167E-4C26-9BCD-3378C92DA4BE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>1</Pages>
+  <Words>0</Words>
+  <Characters>0</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>0</Lines>
+  <Paragraphs>0</Paragraphs>
+  <Company>Majmaa</Company>
+  <CharactersWithSpaces>0</CharactersWithSpaces>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MohammadReza Template</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Amin_x003B_Mohammad Reza</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>